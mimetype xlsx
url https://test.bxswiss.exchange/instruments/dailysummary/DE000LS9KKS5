--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec5c2d763004eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c0143ab9424edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R801d131333604924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a48df2ffb1848b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b67c6bfee843a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R801d131333604924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9308043cb34ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a48df2ffb1848b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlentaucher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,531</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>