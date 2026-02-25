--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c0143ab9424edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78cf2b481b544542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a48df2ffb1848b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7df61f28a7e4165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9308043cb34ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a48df2ffb1848b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151031c6219a4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7df61f28a7e4165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlentaucher</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>157,376</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,066</x:t>
-[...16 lines deleted...]
-          <x:t>158,048</x:t>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,421</x:t>
-[...31 lines deleted...]
-          <x:t>157,898</x:t>
+          <x:t>157,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>