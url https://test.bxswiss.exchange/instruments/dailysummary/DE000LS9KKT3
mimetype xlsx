--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7b874da9e14df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31774d07c81d4ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bd8091ebca4e1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ed6123e5d7449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080ded0c8b3c4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bd8091ebca4e1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30788dd59074d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ed6123e5d7449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,748</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>