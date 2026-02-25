--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31774d07c81d4ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree176932388c4496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ed6123e5d7449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f3fe24448e469f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30788dd59074d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ed6123e5d7449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f2f1261e9b4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f3fe24448e469f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 100 Dividenden weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>