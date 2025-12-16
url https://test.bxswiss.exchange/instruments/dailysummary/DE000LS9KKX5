--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re535e5706f9a4811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7e8b6d213c4ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R738262a6bb3548f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d690774fa4c4cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R599759623ed14796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R738262a6bb3548f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b72837e5712444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d690774fa4c4cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,854</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>