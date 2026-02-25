--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7e8b6d213c4ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59acbc58857c4eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d690774fa4c4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760724347aeb4b2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b72837e5712444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d690774fa4c4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree227f28bdc6402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760724347aeb4b2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Payment Systems and Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>