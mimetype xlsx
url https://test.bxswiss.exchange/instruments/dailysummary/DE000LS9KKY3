--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc58157eb8ba44bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9a6e978ef54e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf401ead57c44450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bad181019d142fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d3c649a9dd42a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf401ead57c44450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ab7fafa9314841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bad181019d142fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>372,370</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>