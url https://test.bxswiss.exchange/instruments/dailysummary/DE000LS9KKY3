--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9a6e978ef54e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a76fd5067f493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bad181019d142fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d903a07e7e74eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ab7fafa9314841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bad181019d142fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf82a2f9b994de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d903a07e7e74eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech &amp; GreenTech Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KKY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>