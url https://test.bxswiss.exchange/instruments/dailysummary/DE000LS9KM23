--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bc6fe4067c45e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6d9fd2f24f4efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40fb47fe47a242ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd855af3bb0344a94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26cf142cdfd04829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40fb47fe47a242ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e443680de2b4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd855af3bb0344a94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>208,868</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>209,714</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>