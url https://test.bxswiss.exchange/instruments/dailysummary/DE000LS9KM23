--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6d9fd2f24f4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b38f71c175452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd855af3bb0344a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0adf3579ab54f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e443680de2b4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd855af3bb0344a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905fccf340fe47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0adf3579ab54f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien: Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>