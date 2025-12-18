--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R384063b4930c4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07c28e850dd4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539ba4dd76e94e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9df7900788461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3532b34436a64fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539ba4dd76e94e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7643583731a4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9df7900788461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>194,478</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>