--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07c28e850dd4284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b3ca3d6b9c44e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9df7900788461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff055407547443b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7643583731a4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9df7900788461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148eec11d275400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff055407547443b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAE Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>