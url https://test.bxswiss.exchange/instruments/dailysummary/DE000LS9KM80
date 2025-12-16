--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a0c84642a24494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae11413ee75e46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216724cdb30b45dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a2baa2c7af4c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6aaa6a71cd4370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216724cdb30b45dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd6fecb3b22474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a2baa2c7af4c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>133,542</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>133,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,927</x:t>
-[...409 lines deleted...]
-          <x:t>131,991</x:t>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>