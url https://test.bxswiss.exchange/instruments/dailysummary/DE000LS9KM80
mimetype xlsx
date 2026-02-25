--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae11413ee75e46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31612642fbe43c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a2baa2c7af4c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550e26ab90df4923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd6fecb3b22474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a2baa2c7af4c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2d9dbffc8494c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550e26ab90df4923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA VerkehrsWelt Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KM80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>