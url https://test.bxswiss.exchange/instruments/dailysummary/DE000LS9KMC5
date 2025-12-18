--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0abfcd045d7049d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9d2cf0f0f74039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844b3820dd424161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e4ab14fd59a4fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34735a688884bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844b3820dd424161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790436afba4c41af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e4ab14fd59a4fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>200,141</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,242</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,417</x:t>
-[...215 lines deleted...]
-          <x:t>200,466</x:t>
+          <x:t>200,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,442</x:t>
-[...188 lines deleted...]
-          <x:t>200,619</x:t>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>