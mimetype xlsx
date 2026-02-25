--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9d2cf0f0f74039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288aa3aede854154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e4ab14fd59a4fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b2b55fbfbf644ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R790436afba4c41af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e4ab14fd59a4fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d0cd7e52fd4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b2b55fbfbf644ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Light Version nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>199,731</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,720</x:t>
-[...161 lines deleted...]
-          <x:t>199,892</x:t>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>200,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>