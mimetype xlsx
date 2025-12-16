--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e1103b7ebf4395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc237f2382a854318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8717d98e31ac4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850949a508b34c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b69af5d35e4e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8717d98e31ac4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd0162f28440a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850949a508b34c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>339,115</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>