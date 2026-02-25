--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc237f2382a854318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99730e87bc747b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850949a508b34c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028f02ff25994986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd0162f28440a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850949a508b34c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac941716e4b44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028f02ff25994986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KME1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>