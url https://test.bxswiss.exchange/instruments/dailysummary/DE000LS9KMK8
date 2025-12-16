--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re505a8a6180745ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb9c958e9b54a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c1fb9a51564d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf00610237d542f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce212ffb0b204c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c1fb9a51564d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b43f7ee21c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf00610237d542f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,560</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>