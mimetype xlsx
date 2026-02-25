--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb9c958e9b54a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R582779aeb2594e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf00610237d542f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7c24e4f2104857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b43f7ee21c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf00610237d542f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e96f237fd2490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7c24e4f2104857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aller Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>