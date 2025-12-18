--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R755d779eabb24da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915fa3b8d09b4bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eb645ee74984fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f91431cdf545a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a0609779394433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eb645ee74984fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a35f7df7aa4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f91431cdf545a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>52,407</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>52,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>