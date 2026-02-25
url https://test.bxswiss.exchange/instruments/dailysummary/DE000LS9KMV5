--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915fa3b8d09b4bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df936639c354d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f91431cdf545a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a86ae9cac114a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a35f7df7aa4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f91431cdf545a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844062f9a7164120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a86ae9cac114a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>