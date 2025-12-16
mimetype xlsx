--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racebeba08e1e4cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd290ef822b5645d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c6b10bb0874619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e9cb2fb7fd401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2846e4dfe66542d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c6b10bb0874619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2acf6f4434b4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e9cb2fb7fd401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>110,406</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>