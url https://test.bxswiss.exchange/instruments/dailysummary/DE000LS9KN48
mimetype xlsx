--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd290ef822b5645d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b4447f7fe64ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e9cb2fb7fd401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1eda472c3934bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2acf6f4434b4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e9cb2fb7fd401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3984b7b9d94f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1eda472c3934bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FundamentalTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>