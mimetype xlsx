--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86a45e2a0094edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6415b4e22f456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bfcc9a05ad4b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053fbc1224f74da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84654790f2348f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bfcc9a05ad4b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2828dd4b6134757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053fbc1224f74da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Versicherer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,377</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>173,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>