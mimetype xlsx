--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6415b4e22f456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb33a7b1dcb427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053fbc1224f74da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5796b085e92c4251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2828dd4b6134757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053fbc1224f74da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re606c1030db848ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5796b085e92c4251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Versicherer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>