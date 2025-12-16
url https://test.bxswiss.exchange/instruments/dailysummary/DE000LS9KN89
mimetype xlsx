--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9a623af63f044b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e33ec5ec4be40e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9c99ed05a14311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4e0dd2ea694adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea163a504ba54ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9c99ed05a14311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb5822afa044a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4e0dd2ea694adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>16,673</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>16,651</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>16,346</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>