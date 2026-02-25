--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e33ec5ec4be40e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra00cc16a85184e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4e0dd2ea694adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019cda2b9ae14853"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb5822afa044a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4e0dd2ea694adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199aa967a10849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019cda2b9ae14853" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Buffet/Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KN89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,638</x:t>
-[...576 lines deleted...]
-          <x:t>16,898</x:t>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>