--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0921926302964ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd79c6ac69a40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60168230b39f4082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42497c51731a41c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a72b6a3bf2427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60168230b39f4082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85af88d795741ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42497c51731a41c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>160,708</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>161,079</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>