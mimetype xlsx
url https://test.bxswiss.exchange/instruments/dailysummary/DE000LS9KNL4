--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd79c6ac69a40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c175c7b63c423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42497c51731a41c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d0df2823514738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85af88d795741ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42497c51731a41c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d34d1518fdf4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d0df2823514738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ackermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KNL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>