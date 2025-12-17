--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3209ebbe3f4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f332dd3b7e4418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5436ad24dbc74709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a59df76465401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afb02c972ac4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5436ad24dbc74709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R545b92c034db4b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a59df76465401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlage in Qualitätstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KP46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,148</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>