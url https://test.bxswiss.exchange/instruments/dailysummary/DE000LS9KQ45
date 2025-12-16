--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490bdd0aa6f24724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8069c988ca54b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29f2e7376474117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6bc0b231294d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a0404d3d8e44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29f2e7376474117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19878b7f5d774548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6bc0b231294d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,968</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>