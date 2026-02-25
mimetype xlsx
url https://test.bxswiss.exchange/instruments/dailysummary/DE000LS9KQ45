--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8069c988ca54b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f2288ca5994fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6bc0b231294d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbce4ed222b4da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19878b7f5d774548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6bc0b231294d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0369705282aa46f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbce4ed222b4da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Pharma - Buy what you need</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>167,876</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>