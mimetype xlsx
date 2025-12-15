--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6c493c916e40f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76dd9e4812c476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd552d879ba214bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b334cb70254ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ad33253aaa4b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd552d879ba214bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1733b37216184984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b334cb70254ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>125,398</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>