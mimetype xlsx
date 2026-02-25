--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76dd9e4812c476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R063952dc361a457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b334cb70254ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7a9856558440b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1733b37216184984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b334cb70254ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a5156b4a264f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7a9856558440b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten 2te Reihe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>126,539</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>