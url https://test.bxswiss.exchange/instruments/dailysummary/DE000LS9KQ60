--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d8b3439dc641b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6902568100df4486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f71d1389a734dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbec08280214a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d8ac1e6a894b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f71d1389a734dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e3113d6d4d421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbec08280214a43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,896</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>