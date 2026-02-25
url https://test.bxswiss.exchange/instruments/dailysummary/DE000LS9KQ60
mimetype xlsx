--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6902568100df4486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3eb1a3980c14ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbec08280214a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re131bc70e6ef45b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e3113d6d4d421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbec08280214a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf9edc1e69d4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re131bc70e6ef45b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selbstläufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>