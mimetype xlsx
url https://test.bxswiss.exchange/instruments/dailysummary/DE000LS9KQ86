--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381e543d5d714746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b64f8c0e9b4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2391a7301d3046bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5323069ad0034760"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c61c73d5b5d44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2391a7301d3046bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6e23e7f2de44f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5323069ad0034760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,923</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>