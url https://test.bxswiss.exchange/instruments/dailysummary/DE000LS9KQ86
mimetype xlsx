--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b64f8c0e9b4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176d2b52f38946ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5323069ad0034760"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9fff5ba1844013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6e23e7f2de44f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5323069ad0034760" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcce6248ece848c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9fff5ba1844013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQ86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>