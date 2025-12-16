--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a2dfc083a94b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9217bcad4f1431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23376d8d96f9495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07550665397f4bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c47bf1cde854f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23376d8d96f9495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd7a3b52a1d483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07550665397f4bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>