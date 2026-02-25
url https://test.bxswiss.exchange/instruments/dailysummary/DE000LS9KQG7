--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9217bcad4f1431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf2e7f83fc14488" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07550665397f4bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50aef4ec4fc64717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd7a3b52a1d483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07550665397f4bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73603249dc014f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50aef4ec4fc64717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>must have bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>137,249</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,855</x:t>
-[...264 lines deleted...]
-          <x:t>137,815</x:t>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...127 lines deleted...]
-          <x:t>136,143</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>