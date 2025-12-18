--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d8b27a56c1451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb690c4333bcf4fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf72708e05939455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0614d1a7d78f4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b214b875b394c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf72708e05939455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9090ffb27334b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0614d1a7d78f4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3.736,054</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.956,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.959,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.861,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.798,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.829,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.780,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.755,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.896,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.744,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.072,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.082,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.886,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.907,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.704,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.760,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.567,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.682,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.727,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.775,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.713,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.718,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.511,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.614,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.671,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.777,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.608,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.744,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.709,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.731,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.758,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.674,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.638,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.730,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.589,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.711,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.740,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.745,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.799,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.736,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.777,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.773,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.824,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.783,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.790,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.856,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.778,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.827,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.935,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.938,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.813,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.849,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.838,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.789,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.714,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.738,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.625,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.636,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.615,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.618,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.624,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.593,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.584,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.631,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.581,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.601,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.646,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.497,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.509,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>