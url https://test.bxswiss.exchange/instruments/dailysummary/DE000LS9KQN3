--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb690c4333bcf4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490cc953a90149bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0614d1a7d78f4a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12907ac5f66c4733"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9090ffb27334b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0614d1a7d78f4a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38987f554a7347bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12907ac5f66c4733" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Halbleiter Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.624,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.662,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.593,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.661,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.646,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.661,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.497,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.509,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.527,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.604,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.526,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.572,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.697,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.590,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.674,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.769,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.740,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.805,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.801,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.806,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.758,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.790,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.800,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.796,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.819,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.906,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.971,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.877,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.888,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.860,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.915,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.855,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.844,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.905,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.866,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.872,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.890,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.782,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.785,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.798,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.831,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.777,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.816,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.732,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.807,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.791,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.797,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.847,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.794,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.836,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.837,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.845,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.750,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.778,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>