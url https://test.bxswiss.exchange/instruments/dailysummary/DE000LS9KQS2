--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f62e5d7a3b34018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81984e1ad7414b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d74223cea024be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523e3c17dfd147b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29329a4a67464633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d74223cea024be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba960880cd154b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523e3c17dfd147b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>483,622</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>