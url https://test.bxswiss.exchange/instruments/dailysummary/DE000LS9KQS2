--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81984e1ad7414b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8b07aa973e42b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523e3c17dfd147b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3eafcd64bc4a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba960880cd154b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523e3c17dfd147b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34d4f857330d4987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3eafcd64bc4a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lasterhafte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>