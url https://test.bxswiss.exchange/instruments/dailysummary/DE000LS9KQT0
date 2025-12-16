--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c02e8e0aad4f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b45ac86ce44436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dd93c1c53d4188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6a39177c324beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8105df10e0461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dd93c1c53d4188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5cf299c49e4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6a39177c324beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>359,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>