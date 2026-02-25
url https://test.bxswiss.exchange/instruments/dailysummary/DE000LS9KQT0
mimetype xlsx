--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b45ac86ce44436" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd55c3295e574d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6a39177c324beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f4888660dc4e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5cf299c49e4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6a39177c324beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca056f886b4425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f4888660dc4e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Chance der Korrektur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>