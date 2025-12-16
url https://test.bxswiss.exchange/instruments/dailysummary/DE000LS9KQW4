--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d5dee592954983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641b00104d2d4d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112fd475ec3d49e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9147c174b6084b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273db57528b14920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112fd475ec3d49e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3280cdf3e84394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9147c174b6084b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>208,406</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>