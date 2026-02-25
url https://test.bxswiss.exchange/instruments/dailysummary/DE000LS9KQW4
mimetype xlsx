--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641b00104d2d4d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53946f724cb8438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9147c174b6084b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19217f32eae46e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3280cdf3e84394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9147c174b6084b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71bf1f3a95fc4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19217f32eae46e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holdinginvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>