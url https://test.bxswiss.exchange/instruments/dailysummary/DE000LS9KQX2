--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0fcd6ee36fa41ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e19b2f0e3994945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5ed79c95424a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3b823ee37344a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8e8fbea0a5c44f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5ed79c95424a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429f64d29c874e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3b823ee37344a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>294,195</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>