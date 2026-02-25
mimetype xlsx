--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e19b2f0e3994945" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ff802709bd4304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3b823ee37344a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c9d0b032ac45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429f64d29c874e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3b823ee37344a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f5053bf6634f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c9d0b032ac45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitative Value D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KQX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>