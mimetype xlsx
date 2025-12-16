--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda934348202a47e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1317586109ea4714" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R043f616e9b864974"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844c5d7b3c3e4575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd19b67be2c0f4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R043f616e9b864974" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R322beb62ee1a429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844c5d7b3c3e4575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldesel-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KR85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,848</x:t>
-[...603 lines deleted...]
-          <x:t>142,935</x:t>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>