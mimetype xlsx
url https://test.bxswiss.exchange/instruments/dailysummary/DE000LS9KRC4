--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f0de90224d4ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089c81a6d3f34b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff9653489ac401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ff7795b5564d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7292941d68924d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff9653489ac401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcc2c27d8124374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ff7795b5564d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>209,341</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>