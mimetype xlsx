--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089c81a6d3f34b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9767cb605a904dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ff7795b5564d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1560d91e47d143b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcc2c27d8124374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ff7795b5564d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50dcf86dc7c54ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1560d91e47d143b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>