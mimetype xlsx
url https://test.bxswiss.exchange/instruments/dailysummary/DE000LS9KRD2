--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f107ad9eb549b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c80364d85a47a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cc4190d3e91483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6e326e679c4eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0f5d09404041a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cc4190d3e91483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eef8c95a46548c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6e326e679c4eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,261</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,771</x:t>
-[...198 lines deleted...]
-          <x:t>129,669</x:t>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>