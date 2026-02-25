--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c80364d85a47a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74b43e0e25f40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6e326e679c4eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447906b8a5804be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eef8c95a46548c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6e326e679c4eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2017149284441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447906b8a5804be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>128,872</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,662</x:t>
-[...458 lines deleted...]
-          <x:t>129,500</x:t>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>