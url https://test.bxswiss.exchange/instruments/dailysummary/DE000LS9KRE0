--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b05483af5643b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra142de610ba34bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19c0e5c37ee42ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827cec35ac014224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5223ed986e049e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19c0e5c37ee42ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91998997a0264b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827cec35ac014224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>120,732</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,847</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>119,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>