--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra142de610ba34bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dbd97adf3f4e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827cec35ac014224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e5be78965254d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91998997a0264b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827cec35ac014224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df63ed47a794e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e5be78965254d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,337</x:t>
-[...171 lines deleted...]
-          <x:t>119,861</x:t>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>