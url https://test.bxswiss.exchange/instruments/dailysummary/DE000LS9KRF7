--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e4174d40cf4a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra013d1b1a66d4338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e1b463550a4493"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1b22b0bd274d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc349c3e9a1cc4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e1b463550a4493" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17c9c0d4e5f4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1b22b0bd274d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>161,990</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>