--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra013d1b1a66d4338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c6291236034302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1b22b0bd274d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e8ff8412f6f400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17c9c0d4e5f4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1b22b0bd274d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf864c404cea54915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e8ff8412f6f400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>