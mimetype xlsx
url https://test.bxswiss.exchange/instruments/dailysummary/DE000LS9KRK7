--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddd386fb4d24cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1af6670c4c54218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd16bf1c3e84220"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17e493846244042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f871499b0be4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd16bf1c3e84220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa28e3d30be04991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17e493846244042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>236,204</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>