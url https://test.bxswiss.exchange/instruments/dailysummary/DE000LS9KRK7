--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1af6670c4c54218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe53a735f05543c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17e493846244042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aac9e6e917840f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa28e3d30be04991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17e493846244042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cb096637154840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aac9e6e917840f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>