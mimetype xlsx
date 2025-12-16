--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20a7c69148f4f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf53f337571467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d99b4aa4e0f483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a5a95658a643a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc5a90871204a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d99b4aa4e0f483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104b42a70a274713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a5a95658a643a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>112,752</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>