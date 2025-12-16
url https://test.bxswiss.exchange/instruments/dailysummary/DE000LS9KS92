--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fd54cead5e4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68a04638f7a437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d362c0174940a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabad951617b34ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd594a22f38ba43a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d362c0174940a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d71ef8668514003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabad951617b34ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the35- DividendAristocratsGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KS92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,680</x:t>
-[...522 lines deleted...]
-          <x:t>147,304</x:t>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>