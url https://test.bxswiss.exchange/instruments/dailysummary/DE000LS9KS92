--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68a04638f7a437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58814f5b24eb4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabad951617b34ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690dad77c8bd4314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d71ef8668514003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabad951617b34ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d16210130244381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690dad77c8bd4314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the35- DividendAristocratsGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KS92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>147,811</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>148,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>