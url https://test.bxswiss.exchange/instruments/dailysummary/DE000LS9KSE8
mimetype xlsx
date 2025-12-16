--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R002ba40df0954347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e3f8d60d954198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf48ac5f69464c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ea48a735cc40be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac15ffd4b8f14948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf48ac5f69464c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794cc387fba04fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ea48a735cc40be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>194,337</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>