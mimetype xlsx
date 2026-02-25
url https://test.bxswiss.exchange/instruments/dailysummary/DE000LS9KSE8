--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e3f8d60d954198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf051662765884bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ea48a735cc40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8e5ab3c9f042d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794cc387fba04fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ea48a735cc40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900f196d5cd84f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8e5ab3c9f042d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>