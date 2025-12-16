--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6537df2fe8b45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04166616bb54ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R993fea8af5f048e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03613cca099d4e8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e46e355166488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R993fea8af5f048e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbed8732a8f4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03613cca099d4e8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,159</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>