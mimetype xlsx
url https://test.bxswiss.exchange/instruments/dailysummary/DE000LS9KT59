--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5931ba13c0164c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30653948bfcb40f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80452ae2431e4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7594bc2d928b436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597b935803fe4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80452ae2431e4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650ba263cee6413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7594bc2d928b436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market-Entry Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>166,218</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>