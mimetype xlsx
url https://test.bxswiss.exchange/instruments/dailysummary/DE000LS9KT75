--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb56fa7f0f5543da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46102cdece74fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882274706796415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c80bd7fa0d045c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9e1d191d164fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882274706796415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8e740f74464532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c80bd7fa0d045c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dambini Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>197,971</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>