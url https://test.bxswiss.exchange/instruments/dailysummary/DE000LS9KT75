--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46102cdece74fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e5a133b9e9040be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c80bd7fa0d045c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52bdd3390b014588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8e740f74464532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c80bd7fa0d045c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4fdfa9b8b2491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52bdd3390b014588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dambini Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>