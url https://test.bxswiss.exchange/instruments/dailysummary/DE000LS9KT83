--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49238537cd1f41c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1fce0384cb46e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd186aaf001cb47ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9495c13b2c64be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366cd55624f14e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd186aaf001cb47ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91fc00e37bc44112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9495c13b2c64be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>322,971</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>