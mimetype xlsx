--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1fce0384cb46e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf51d86a0b614e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9495c13b2c64be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9376581553634612"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91fc00e37bc44112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9495c13b2c64be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a62caffc225445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9376581553634612" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>