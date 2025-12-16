--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa64743b2637436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5abfb90328ec4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581d0d4bf772418b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16246ca1c0a44c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc8e9d9c9f84676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581d0d4bf772418b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c1826471274e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16246ca1c0a44c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turtle Tactics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,071</x:t>
-[...603 lines deleted...]
-          <x:t>88,325</x:t>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>