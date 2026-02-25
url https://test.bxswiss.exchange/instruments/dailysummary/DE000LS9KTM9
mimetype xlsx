--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5abfb90328ec4ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5700660cdab46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16246ca1c0a44c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f7cb2e8961425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c1826471274e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16246ca1c0a44c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd67d841419248bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f7cb2e8961425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turtle Tactics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>89,694</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,296</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>90,461</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>