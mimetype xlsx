--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb0b597121046ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c6a3393e6e4738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f1bd9730a34797"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf5ac2bb996443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad6bf20f2e3485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f1bd9730a34797" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607fcd232c304e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf5ac2bb996443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,273</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>122,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,495</x:t>
-[...220 lines deleted...]
-          <x:t>122,619</x:t>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>