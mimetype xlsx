--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c6a3393e6e4738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dc6d5d9246406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf5ac2bb996443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f554f719c9454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607fcd232c304e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf5ac2bb996443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452519d2a23e4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f554f719c9454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>