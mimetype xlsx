--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a3141d5cda24054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9077e9279ec4ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red727923de7f44d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red49e214dd4e445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cb6a1414bd44ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red727923de7f44d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea97a981581d4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red49e214dd4e445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>168,332</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>