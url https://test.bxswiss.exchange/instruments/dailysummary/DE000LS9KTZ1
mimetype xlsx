--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9077e9279ec4ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb851d7508a8641cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red49e214dd4e445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7879bd64b2784194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea97a981581d4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red49e214dd4e445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4803c7aac46444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7879bd64b2784194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>