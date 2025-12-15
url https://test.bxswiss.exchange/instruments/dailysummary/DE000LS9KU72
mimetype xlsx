--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822abc6a001e4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2cf5c62e0944d13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217795a0fc4f4478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61565a5ff0534775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29634c59c62446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217795a0fc4f4478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea0b3ab3d6240f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61565a5ff0534775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>132,612</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>132,103</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>