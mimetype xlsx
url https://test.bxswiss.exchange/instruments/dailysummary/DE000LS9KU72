--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2cf5c62e0944d13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aaa20764afb4252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61565a5ff0534775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc53dcff0f08400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea0b3ab3d6240f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61565a5ff0534775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7090d616ced140a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc53dcff0f08400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>137,556</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,454</x:t>
-[...58 lines deleted...]
-          <x:t>136,816</x:t>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>