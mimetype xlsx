--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85fcf3ccf4244a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a1f832ba7f418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe895e514924122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a88a4a7a2f74ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c82662e95f4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe895e514924122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995d588fb1a34cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a88a4a7a2f74ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,279</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>