--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a1f832ba7f418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f475d1107246b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a88a4a7a2f74ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b382cd104054284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995d588fb1a34cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a88a4a7a2f74ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804738bb6e894fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b382cd104054284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,837</x:t>
-[...90 lines deleted...]
-          <x:t>97,613</x:t>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>