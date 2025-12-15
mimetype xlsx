--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1b0b74dc4d40da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7094b47fb2804c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34f43c4c6404d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daf83470b134ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bed3ac30ba54104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34f43c4c6404d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57625ff32434b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daf83470b134ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...249 lines deleted...]
-          <x:t>112,799</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,636</x:t>
-[...193 lines deleted...]
-          <x:t>112,213</x:t>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>