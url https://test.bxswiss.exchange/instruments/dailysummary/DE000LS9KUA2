--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7094b47fb2804c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06160d787c4f4b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daf83470b134ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811cc8f0c59346f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57625ff32434b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daf83470b134ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72877256bfae4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811cc8f0c59346f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,673</x:t>
-[...387 lines deleted...]
-          <x:t>113,144</x:t>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>