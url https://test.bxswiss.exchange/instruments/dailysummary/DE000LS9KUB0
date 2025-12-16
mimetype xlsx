--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361cd273ed064b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2cc6214001e4674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b70a59bf6b468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e4d070cf974e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63dc67037a024050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b70a59bf6b468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0fbad333b843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e4d070cf974e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die ganze Welt der Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>65,832</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>