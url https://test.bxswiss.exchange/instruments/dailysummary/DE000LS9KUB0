--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2cc6214001e4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e54a4baa4d94e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e4d070cf974e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eada8bad9294aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0fbad333b843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e4d070cf974e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c40354644d4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eada8bad9294aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die ganze Welt der Biotechs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>