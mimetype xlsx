--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98cf2ac95914401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184181655dc04849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e93ffdd2db410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a429b249e142a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd965fccbbc49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e93ffdd2db410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854cca201dc54336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a429b249e142a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>e-mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>334,283</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>