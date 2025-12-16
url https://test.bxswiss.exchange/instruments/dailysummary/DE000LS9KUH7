--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3397eac958c4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af8446b815f451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fb25475df0741ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582718eeeeca43b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0736417cb34f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fb25475df0741ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7d3e836ca4458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582718eeeeca43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,137</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>