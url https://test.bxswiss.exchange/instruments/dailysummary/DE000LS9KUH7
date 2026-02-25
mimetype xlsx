--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af8446b815f451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bd9b409a644b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R582718eeeeca43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193112e1989c4f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7d3e836ca4458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R582718eeeeca43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5760ccdc9e62469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193112e1989c4f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>