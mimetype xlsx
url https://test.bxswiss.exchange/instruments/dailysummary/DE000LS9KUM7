--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe51351a6b6493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1cf733af1b84417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd81f5b92d6f4649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2d75d424394948"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05361bcb03904bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd81f5b92d6f4649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241fbe1ef6bf4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2d75d424394948" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dasWIR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,181</x:t>
-[...90 lines deleted...]
-          <x:t>33,557</x:t>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>