--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1cf733af1b84417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7f0022bf86420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2d75d424394948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c25c6c2524646c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241fbe1ef6bf4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2d75d424394948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0238ffccb961450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c25c6c2524646c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dasWIR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>31,153</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,569</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>30,688</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>