--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a05ea2c7d6b4482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a6b1a95e7245e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d50e2be55a4550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fbae84bcc224c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717c0cefb4d94c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d50e2be55a4550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8878fa8d11174dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fbae84bcc224c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>187,493</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>