--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a6b1a95e7245e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07457900e42e4708" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fbae84bcc224c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7cb9a761c984919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8878fa8d11174dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fbae84bcc224c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc606436cc66843c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7cb9a761c984919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>